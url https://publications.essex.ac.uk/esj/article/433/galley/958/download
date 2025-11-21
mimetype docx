--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -36,65 +36,65 @@
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Poem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000017" w14:textId="631D5D5B" w:rsidR="00AC133B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000017" w14:textId="4C0DCCA6" w:rsidR="00AC133B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:eastAsia="Merriweather" w:hAnsi="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_0"/>
           <w:id w:val="-549538464"/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D3754C" w:rsidRPr="00D3754C">
+          <w:r w:rsidR="00596648" w:rsidRPr="00596648">
             <w:rPr>
               <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:t>鷖詣醫鷁憶</w:t>
           </w:r>
           <w:r w:rsidRPr="00F432D7">
             <w:rPr>
               <w:rFonts w:ascii="Sylfaen" w:eastAsia="SimSun" w:hAnsi="Sylfaen" w:cs="SimSun"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:t xml:space="preserve">: </w:t>
           </w:r>
           <w:r w:rsidR="000C174C" w:rsidRPr="00F432D7">
             <w:rPr>
               <w:rFonts w:ascii="Sylfaen" w:eastAsia="SimSun" w:hAnsi="Sylfaen" w:cs="SimSun"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:t>A One-Syllable Classical Chinese Poem in the Style of Yuen Ren Chao</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
@@ -111,188 +111,158 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="00000019" w14:textId="50BDAFD8" w:rsidR="00AC133B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160"/>
       </w:pPr>
       <w:r>
         <w:t>University of Essex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00AC133B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000001B" w14:textId="4E5AC7A4" w:rsidR="00AC133B" w:rsidRDefault="00000000" w:rsidP="006C65D8">
+    <w:p w14:paraId="7192A72C" w14:textId="77777777" w:rsidR="00381F6E" w:rsidRDefault="00000000" w:rsidP="00381F6E">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Merriweather"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_1"/>
           <w:id w:val="2028593493"/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Merriweather"/>
+            <w:b/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
-            <w:t>In the 1930s, Yuen Ren Chao (</w:t>
+            <w:t xml:space="preserve">In 1916, Yuen Ren Chao </w:t>
           </w:r>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>趙元任</w:t>
           </w:r>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
-            <w:t>) released the poems</w:t>
+            <w:t xml:space="preserve"> published Hu </w:t>
           </w:r>
-          <w:r w:rsidR="009A3E65">
-            <w:t xml:space="preserve">: </w:t>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
+            <w:rPr>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>Mingfu's</w:t>
           </w:r>
-          <w:r w:rsidR="009A3E65">
-[...2 lines deleted...]
-          <w:r w:rsidR="009A3E65" w:rsidRPr="0044229F">
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:i/>
-[...69 lines deleted...]
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
-            <w:t>using the syllable /</w:t>
+            <w:t>胡明复</w:t>
+          </w:r>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
+            <w:rPr>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Lion-Eating Poet in the Stone Den </w:t>
+          </w:r>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
+            <w:rPr>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>《施氏食獅史》</w:t>
+          </w:r>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
+            <w:rPr>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>, shocking the world with its esoteric, homophonic nature. This poem replicates his narrative poem in its full complexity, this time using the syllable /</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
-              <w:rFonts w:cs="SimSun"/>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>yi</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="000C174C">
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
+            <w:rPr>
+              <w:rFonts w:cs="SimSun" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>/, foll</w:t>
+          </w:r>
+          <w:r w:rsidR="00381F6E" w:rsidRPr="00381F6E">
             <w:rPr>
               <w:rFonts w:cs="SimSun"/>
             </w:rPr>
-            <w:t>/, following a cycle of crime, punishment, and tragedy.</w:t>
+            <w:t>owing a cycle of crime, punishment, and tragedy.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0000001C" w14:textId="27E744C0" w:rsidR="00AC133B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000001C" w14:textId="4F9A67F3" w:rsidR="00AC133B" w:rsidRDefault="00000000" w:rsidP="00381F6E">
       <w:pPr>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="160"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006C65D8">
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C65D8">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00FF157F">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="006C65D8">
         <w:t xml:space="preserve">oetry, </w:t>
       </w:r>
       <w:r w:rsidR="00975FA0">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="006C65D8">
         <w:t xml:space="preserve">u, Mandarin, Chinese, Classical Chinese, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -600,67 +570,67 @@
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C09C9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Memory of a Seagull Visiting an Egret” by Llinos Evans</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00AC133B" w:rsidRDefault="00000000" w:rsidP="000726ED">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>This poem’s rhyme cannot be replicated in English.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000030" w14:textId="14EFA046" w:rsidR="00AC133B" w:rsidRPr="002C09C9" w:rsidRDefault="00000000" w:rsidP="006D728F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C09C9">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Seagull single-mindedly hunts and shoots an Egret; the Egret falls, the Seagull flees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000031" w14:textId="1E091A0F" w:rsidR="00AC133B" w:rsidRPr="002C09C9" w:rsidRDefault="00000000" w:rsidP="006D728F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C09C9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Guilt chokes the Seagull: Alas! Paranoid, it leans on unusual thoughts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000032" w14:textId="5B7CE2C9" w:rsidR="00AC133B" w:rsidRPr="002C09C9" w:rsidRDefault="00000000" w:rsidP="006D728F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -736,413 +706,247 @@
     </w:p>
     <w:p w14:paraId="00000036" w14:textId="0D50DDE9" w:rsidR="00AC133B" w:rsidRPr="006D728F" w:rsidRDefault="00000000" w:rsidP="006D728F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C09C9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Try to interpret the Seagull.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000037" w14:textId="13D52556" w:rsidR="00AC133B" w:rsidRDefault="000C174C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background: The One-Syllable Article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B4A932" w14:textId="63DD2165" w:rsidR="00363C4A" w:rsidRDefault="00000000" w:rsidP="002C09C9">
+    <w:p w14:paraId="08B4A932" w14:textId="36543CA0" w:rsidR="00363C4A" w:rsidRDefault="00381F6E" w:rsidP="002C09C9">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This poem takes inspiration from the work of Hu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Mingfu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Yuen Ren Chao, a linguist who produced three one-syllable articles (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>同音文章</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ngy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>nzh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ng) poems. Starting in 1916, Chao published Hu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Mingfu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>s Lion-Eating Poet in the Stone Den</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>《施氏食獅史</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Chao, 1916), which he would progressively refine over time. He later published Aunt Yi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>《漪姨》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>and Record of Chickens Perching on the Machine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>《飢雞集機記》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in his book </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Language Problems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>語言問題</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Chao, 1980).</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...311 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FE2F37">
         <w:t xml:space="preserve">The trio were most famously showcased in one of his major works, </w:t>
       </w:r>
       <w:r w:rsidR="00FE2F37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Yuyan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FE2F37" w:rsidRPr="00FE2F37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Wenti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FE2F37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -1995,55 +1799,55 @@
       </w:r>
       <w:r w:rsidRPr="00FE2F37">
         <w:t>(Chao, 1983)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>. Chao</w:t>
       </w:r>
       <w:r w:rsidR="005271F8">
         <w:t xml:space="preserve">’s position was that he acknowledged that Chinese as a language family cannot be fully </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005271F8">
         <w:t>romanised</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005271F8">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00363C4A">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="005271F8">
-        <w:t xml:space="preserve">hen studying philology, one should write in the script they are studying; when studying Chinese literature or history, characters are an </w:t>
+        <w:t xml:space="preserve">hen studying philology, one should write in the script they are studying; when studying Chinese literature or history, characters are an obvious must; but in contexts such as science, engineering, agriculture, commerce, military affairs, </w:t>
       </w:r>
       <w:r w:rsidR="005271F8">
         <w:lastRenderedPageBreak/>
-        <w:t>obvious must; but in contexts such as science, engineering, agriculture, commerce, military affairs, and education,</w:t>
+        <w:t>and education,</w:t>
       </w:r>
       <w:r w:rsidR="000601A4">
         <w:t xml:space="preserve"> Chao believed his</w:t>
       </w:r>
       <w:r w:rsidR="005271F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005271F8" w:rsidRPr="005271F8">
         <w:t>Gwoyeu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005271F8" w:rsidRPr="005271F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005271F8" w:rsidRPr="005271F8">
         <w:t>Romatzyh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005271F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000601A4">
         <w:t>wa</w:t>
@@ -4133,51 +3937,61 @@
       </w:r>
       <w:r w:rsidR="009E261A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>roject for General Chinese]</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>商务印书馆</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> [Commercial Press].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF10911" w14:textId="2965E0CB" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
+    <w:p w14:paraId="0773E506" w14:textId="1A4D28D8" w:rsidR="00381F6E" w:rsidRDefault="00381F6E" w:rsidP="000B79FC">
+      <w:pPr>
+        <w:pStyle w:val="Bibliography"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381F6E">
+        <w:t>Chao, Y.R. and Suh, H. (1916) ‘The Problem of the Chinese Language’, The Chinese Students’ Monthly. Edited by V.S. Tse, XI(8), pp. 567–593.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF10911" w14:textId="58A6861D" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">Cheng, D. and Wang, Y. (2023) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>幼学琼林</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
@@ -4336,50 +4150,51 @@
       </w:r>
       <w:r w:rsidR="00493993">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">ext’, </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Chinese Linguistics</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>, 46(1), pp. 149–176. Available at: https://doi.org/10.1353/jcl.2018.0005</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0931D1" w14:textId="7181D52C" w:rsidR="004D498F" w:rsidRPr="00D3754C" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00D3754C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">He, H. (2019) ‘Why </w:t>
       </w:r>
       <w:r w:rsidR="00493993" w:rsidRPr="00D3754C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00493993" w:rsidRPr="00D3754C">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:t xml:space="preserve">omophonic </w:t>
       </w:r>
       <w:r w:rsidR="00493993" w:rsidRPr="00D3754C">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:t xml:space="preserve">iscourse </w:t>
       </w:r>
       <w:r w:rsidR="00493993" w:rsidRPr="00D3754C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:t xml:space="preserve">ossible?’, </w:t>
@@ -4401,51 +4216,50 @@
         <w:t xml:space="preserve"> (Accessed: </w:t>
       </w:r>
       <w:r w:rsidR="00CF3D2D" w:rsidRPr="00D3754C">
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00CF3D2D" w:rsidRPr="00D3754C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00CF3D2D" w:rsidRPr="00D3754C">
         <w:t xml:space="preserve"> September 2025</w:t>
       </w:r>
       <w:r w:rsidR="00EF0315" w:rsidRPr="00D3754C">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C8E00A" w14:textId="1A692A43" w:rsidR="004D498F" w:rsidRPr="00D3754C" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00D3754C">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Klöter, H. (2005) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Written Taiwanese</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:t>. Harrassowitz Verlag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0047B38F" w14:textId="4967E253" w:rsidR="004D498F" w:rsidRPr="00D3754C" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00D3754C">
         <w:t xml:space="preserve">Kong, Q. (2016) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3754C">
         <w:rPr>
           <w:i/>
@@ -5031,50 +4845,51 @@
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">Van Norden, B.W. (2019) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Classical Chinese for everyone: a guide for absolute beginners</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>. Hackett Publishing Company, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006A2623" w14:textId="431E91BD" w:rsidR="00CF3D2D" w:rsidRPr="00CF3D2D" w:rsidRDefault="004D498F" w:rsidP="00CF3D2D">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wang, J. (ed) (2021) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>尔雅新注</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [Ěry</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ǎ</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
@@ -5115,51 +4930,50 @@
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>. 1st hardcover ed</w:t>
       </w:r>
       <w:r w:rsidR="008734C5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>中华书局</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> [Zhonghua Book Company].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6673DF84" w14:textId="0FC50801" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Xu, S. (2015) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>說文解字注</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [Shuowen Jiezi Zhu]</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>. 1st ed</w:t>
       </w:r>
       <w:r w:rsidR="0025367C">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. Edited by Y. Duan and W. Xu. </w:t>
       </w:r>
@@ -5344,51 +5158,51 @@
         <w:t>n]</w:t>
       </w:r>
       <w:r w:rsidR="006E3A95">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> 1st ed</w:t>
       </w:r>
       <w:r w:rsidR="00316DD9">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. Translated by X. Hua and S. You. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>中华书局</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> [Zhonghua Book Company].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA2593C" w14:textId="451E31C5" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
+    <w:p w14:paraId="2DA2593C" w14:textId="451E31C5" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">Zhang, Y. and Chen, T. (2015) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>康熙字典</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [Kāngxī Zìdi</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
@@ -5398,51 +5212,479 @@
         <w:t>ǎ</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>n]</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. Revised </w:t>
       </w:r>
       <w:r w:rsidR="006E3A95">
         <w:t>edn</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. Edited by H. Wang. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>社会科学文献出版社</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> [Social Sciences Academic Press].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484628D0" w14:textId="3B1FD816" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
+    <w:p w14:paraId="24267D11" w14:textId="5B146733" w:rsidR="00381F6E" w:rsidRPr="00381F6E" w:rsidRDefault="00381F6E" w:rsidP="00381F6E">
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zhao, Z. (2024) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>‘赵元任之同音字文章与汉字拼音化</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>——以《施氏食狮史》为中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Zh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>oyu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n zh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ngy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ì</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>nzh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ng y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ǔ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>nz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ì</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ny</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n hu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>——</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ǐ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ì</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ǐ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>i zh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ō</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ngx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>实验语言学</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ǔ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>n xu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381F6E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>], 13(3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484628D0" w14:textId="3B1FD816" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="000B79FC">
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">Zuo, Q. (ed) (2018) </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>左传</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [The </w:t>
       </w:r>
       <w:r w:rsidR="00AB318B">
         <w:rPr>
           <w:i/>
@@ -5465,55 +5707,71 @@
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>utumn with Zuo Zhuan]</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. 1st </w:t>
       </w:r>
       <w:r w:rsidR="006E3A95">
         <w:t>edn</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve">. Translated by J. Legge, Y. Shi, and X. Zhang. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t>中州古籍出版社</w:t>
       </w:r>
       <w:r w:rsidRPr="004D498F">
         <w:t xml:space="preserve"> [Zhongzhou Ancient Books Publishing House].</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6BA0D8F8" w14:textId="539A302E" w:rsidR="00772514" w:rsidRDefault="00772514" w:rsidP="00772514">
+      <w:pPr>
+        <w:sectPr w:rsidR="00772514" w:rsidSect="002C09C9">
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5DA52B09" w14:textId="6BB049AB" w:rsidR="00FC2773" w:rsidRDefault="00C814FF" w:rsidP="000726ED">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00FC2773">
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidR="003E7A64">
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00FC2773">
         <w:t xml:space="preserve">: Han </w:t>
       </w:r>
       <w:r w:rsidR="00EF0315">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00FC2773">
         <w:t xml:space="preserve">haracter </w:t>
       </w:r>
       <w:r w:rsidR="00EF0315">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00FC2773">
         <w:t>nnotations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2470E3DE" w14:textId="5E29F328" w:rsidR="00FC2773" w:rsidRDefault="00FC2773" w:rsidP="000B79FC">
@@ -5619,102 +5877,103 @@
       <w:r w:rsidR="00045963">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D276D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00586E29">
         <w:t xml:space="preserve">refer to </w:t>
       </w:r>
       <w:r w:rsidR="00D276D4">
         <w:t xml:space="preserve">usage, depending on what </w:t>
       </w:r>
       <w:r w:rsidR="00045963">
         <w:t>was</w:t>
       </w:r>
       <w:r w:rsidR="00D276D4">
         <w:t xml:space="preserve"> accessible to me at the time</w:t>
       </w:r>
       <w:r w:rsidR="00A307F9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10476" w:type="dxa"/>
-        <w:tblInd w:w="-727" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="13887" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="842"/>
         <w:gridCol w:w="1379"/>
-        <w:gridCol w:w="2104"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="2889"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F65AD6" w:rsidRPr="008E3D84" w14:paraId="59BB187B" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00F65AD6" w:rsidRPr="008E3D84" w14:paraId="59BB187B" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10476" w:type="dxa"/>
+            <w:tcW w:w="13887" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1C91B2" w14:textId="77777777" w:rsidR="00045963" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="1A1C91B2" w14:textId="77777777" w:rsidR="00045963" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Table 1: </w:t>
             </w:r>
             <w:r w:rsidRPr="008E3D84">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Annotations for characters not within the HSK 7-9 vocabulary list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C5F93EF" w14:textId="402D04C3" w:rsidR="00F65AD6" w:rsidRPr="008E3D84" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="5C5F93EF" w14:textId="402D04C3" w:rsidR="00F65AD6" w:rsidRPr="008E3D84" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"Xm8qGcET","properties":{"formattedCitation":"(Ministry of Education of the People\\uc0\\u8217{}s Republic of China, 2021)","plainCitation":"(Ministry of Education of the People’s Republic of China, 2021)","no</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
@@ -5750,268 +6009,268 @@
               <w:instrText xml:space="preserve">ese Proficiency Grading Standards for International Chinese Language Education]","URL":"http://www.moe.gov.cn/jyb_xwfb/gzdt_gzdt/s5987/202103/W020210329527301787356.pdf","author":[{"literal":"Ministry of Education of the People's Republic of China"}],"accessed":{"date-parts":[["2025",8,16]]},"issued":{"date-parts":[["2021",7,1]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008E3D84">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(Ministry of Education of the People’s Republic of China, 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D276D4" w14:paraId="0ADE4202" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00D276D4" w14:paraId="0ADE4202" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A70CA8" w14:textId="62DC52CA" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="79A70CA8" w14:textId="62DC52CA" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Traditional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A42EA8" w14:textId="51333D0E" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="01A42EA8" w14:textId="51333D0E" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:r>
               <w:t>Simplified</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="189D9167" w14:textId="22611660" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="189D9167" w14:textId="22611660" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Hanyu Pinyin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDFE65F" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="6FDFE65F" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Components</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B95AF10" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="7B95AF10" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>English meaning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3869F006" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="3869F006" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Classical Source(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5329EFB8" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00FD6EA5">
+          <w:p w14:paraId="5329EFB8" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Quote</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D276D4" w:rsidRPr="00043578" w14:paraId="44226811" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00D276D4" w:rsidRPr="00043578" w14:paraId="44226811" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B970A3E" w14:textId="6237FC06" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="0B970A3E" w14:textId="6237FC06" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鷖</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66602929" w14:textId="27EF2753" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="66602929" w14:textId="27EF2753" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B76941">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鹥</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C7092E3" w14:textId="502E76EA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="3C7092E3" w14:textId="502E76EA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>yī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45BFE84E" w14:textId="65A1CA11" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00F65AD6">
+          <w:p w14:paraId="45BFE84E" w14:textId="65A1CA11" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>殹</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鸟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E3FCA01" w14:textId="46AC77D7" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6">
+          <w:p w14:paraId="6E3FCA01" w14:textId="46AC77D7" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Seagull, syn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鸥</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鷗</w:t>
             </w:r>
@@ -6038,53 +6297,53 @@
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B3B533" w14:textId="24C7D5AC" w:rsidR="00F65AD6" w:rsidRPr="00A03FB0" w:rsidRDefault="00A03FB0" w:rsidP="00A03FB0">
+          <w:p w14:paraId="40B3B533" w14:textId="24C7D5AC" w:rsidR="00F65AD6" w:rsidRPr="00A03FB0" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Jiyun</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:r w:rsidRPr="002C09C9">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -6404,254 +6663,255 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"]]}}}],"sche</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE9B71A" w14:textId="3CC7D2E4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6">
+          <w:p w14:paraId="7FE9B71A" w14:textId="3CC7D2E4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>集韻</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>煙奚切，</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>𠀤</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>音翳。水鳥。鷗也。一名水鴞。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="59D4DEA9" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="59D4DEA9" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF9A8E1" w14:textId="70666CE4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="3BF9A8E1" w14:textId="70666CE4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>壹</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9E696" w14:textId="1871C8BD" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="3AD9E696" w14:textId="1871C8BD" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="546FD36B" w14:textId="3B79C33B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00F65AD6">
+          <w:p w14:paraId="546FD36B" w14:textId="3B79C33B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>士</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>冖</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>豆</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAA2243" w14:textId="094B6151" w:rsidR="00F65AD6" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5CAA2243" w14:textId="094B6151" w:rsidR="00F65AD6" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:r>
               <w:t>To concentrate solely on; single-minded</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"TMbzWzKr","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13DCB186" w14:textId="77777777" w:rsidR="00A03FB0" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6"/>
-          <w:p w14:paraId="610EA249" w14:textId="047009D5" w:rsidR="00A03FB0" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6">
+          <w:p w14:paraId="13DCB186" w14:textId="77777777" w:rsidR="00A03FB0" w:rsidRDefault="00A03FB0" w:rsidP="00772514"/>
+          <w:p w14:paraId="610EA249" w14:textId="047009D5" w:rsidR="00A03FB0" w:rsidRPr="00043578" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">In modern China, it is also an anti-fraud version of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>一</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (1) </w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>use with bank notes</w:t>
+              <w:t xml:space="preserve">(1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>for use with bank notes</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"UhaBPOjW","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017; Li, 2022)","plainCitation":"(Kroll et al., 2017; Li, 2022)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}},{"id":1265,"uris":["http://zotero.org/users/15940629/items/VZZWSGM3"],"itemData":{"id":1265,"type":"book","edition":"4th ed.","event-place":"Beijing","ISBN":"978-7-5213-3569-9","language"</w:instrText>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>:"chi","note":"OCLC: 1377686669","publisher":"</w:instrText>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
@@ -6715,53 +6975,53 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4" w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017; Li, 2022)</w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0974B260" w14:textId="27085C74" w:rsidR="00F65AD6" w:rsidRPr="00A307F9" w:rsidRDefault="00A03FB0" w:rsidP="00F65AD6">
+          <w:p w14:paraId="0974B260" w14:textId="230A4A5B" w:rsidR="00F65AD6" w:rsidRPr="00A307F9" w:rsidRDefault="00A03FB0" w:rsidP="00772514">
             <w:r w:rsidRPr="002C09C9">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"d91h9KHC","properties":{"formattedCitation":"(Zhang and Chen, 2015)","plainCitation":"(Zhang and Chen, 2015)","noteIndex":0},"citationItems":[{"id":1464,"uris":["http://zotero.org/users/15940629/items/DJUY92S</w:instrText>
             </w:r>
             <w:r w:rsidR="00A307F9">
@@ -7202,51 +7462,51 @@
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidR="00A307F9" w:rsidRPr="00A307F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>左傳</w:t>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Zhuo Zhuan</w:t>
+              <w:t>Zuo Zhuan</w:t>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"0EH6Li8k","properties":{"formattedCitation":"(Zuo, 2018, p. 186)","plainCitation":"(Zuo, 2018, p. 186)","noteIndex":0},"citationItems":[{"id":496,"uris":["http://zotero.org/users/15940629/items/5CT8D45T"],"it</w:instrText>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>emData":{"id":496,"type":"book","collection-title":"</w:instrText>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
@@ -7300,196 +7560,196 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A307F9" w:rsidRPr="00A307F9">
               <w:t>(Zuo, 2018, p. 186)</w:t>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A307F9">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="464E7EE4" w14:textId="27B8910C" w:rsidR="00A03FB0" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="464E7EE4" w14:textId="27B8910C" w:rsidR="00A03FB0" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>孟子</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>志壹則動氣，氣壹則動志</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CEBB6E9" w14:textId="7A2FBBAB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5CEBB6E9" w14:textId="7A2FBBAB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>左傳·昭二十年</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>若琴瑟之專壹，誰能聽之</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A03FB0" w:rsidRPr="00A03FB0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="050D060B" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="050D060B" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="22FCE752" w14:textId="366D3598" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="22FCE752" w14:textId="366D3598" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B76941">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>弋</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7940E416" w14:textId="6D9E8AAA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="7940E416" w14:textId="6D9E8AAA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="497B11E2" w14:textId="0937FA77" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00F65AD6">
+          <w:p w14:paraId="497B11E2" w14:textId="0937FA77" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>弋</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(itself a radical)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1169E88A" w14:textId="6E491748" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="1169E88A" w14:textId="6E491748" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>To shoot</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
@@ -7503,53 +7763,53 @@
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270ABD04" w14:textId="55DD3742" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="270ABD04" w14:textId="55DD3742" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
@@ -7855,229 +8115,229 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"]]}}}],"sche</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20758037" w14:textId="49275EC6" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="20758037" w14:textId="49275EC6" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>疏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>弋謂以繩繫矢而射也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="620215D9" w14:textId="38F86BD0" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="620215D9" w14:textId="38F86BD0" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>列子·湯問篇</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>蒲且子之弋也。弱弓纖繳，乗風振之，連雙鶬於靑雲之際</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D276D4" w:rsidRPr="00043578" w14:paraId="151BA4FB" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00D276D4" w:rsidRPr="00043578" w14:paraId="151BA4FB" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAD9029" w14:textId="5AB99286" w:rsidR="00F65AD6" w:rsidRPr="00B76941" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5FAD9029" w14:textId="5AB99286" w:rsidR="00F65AD6" w:rsidRPr="00B76941" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>鷁</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B21DE3" w14:textId="16ADE189" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="34B21DE3" w14:textId="16ADE189" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B76941">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>鹢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20806FA1" w14:textId="02B24299" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="20806FA1" w14:textId="02B24299" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A473B31" w14:textId="1759960B" w:rsidR="00F65AD6" w:rsidRPr="00CF6496" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="7A473B31" w14:textId="1759960B" w:rsidR="00F65AD6" w:rsidRPr="00CF6496" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>益</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>鸟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00D1D202" w14:textId="77777777" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="00D1D202" w14:textId="77777777" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Egret, water bird.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18675520" w14:textId="77777777" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="18675520" w14:textId="77777777" w:rsidR="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19B6C07D" w14:textId="7E69C380" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="19B6C07D" w14:textId="7E69C380" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Defining </w:t>
             </w:r>
             <w:r w:rsidR="00045963">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">as an egret is a little difficult, as identification chiefly comes from </w:t>
             </w:r>
@@ -8153,53 +8413,53 @@
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"lyEbQCoq","properties":{"formattedCitation":"(Love, 2025)","plainCitation":"(Love, 2025)","noteIndex":0},"citationItems":[{"id":584,"uris":["http://zotero.org/users/15940629/items/FFIZ7MU9"],"itemData":{"id":584,"type":"software","event-place":"New York","genre":"C","license":"Copyright © 2025 Pleco Inc.","medium":"Android","publisher":"Pleco Software","publisher-place":"New York","title":"Pleco Chinese Dictionary","title-short":"Pleco","URL":"https://www.pleco.com/","version":"3.2.98","author":[{"family":"Love","given":"Michael"}],"issued":{"date-parts":[["2025"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:t>(Love, 2025)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13032E4A" w14:textId="5FB58CA5" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="13032E4A" w14:textId="5FB58CA5" w:rsidR="00F65AD6" w:rsidRPr="00D276D4" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8243,53 +8503,53 @@
               </w:rPr>
               <w:instrText>說文解字注</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [Shuowen Jiezi Zhu]","</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C138D2B" w14:textId="29D0BBED" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="7C138D2B" w14:textId="29D0BBED" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《說文解字注》五歷切</w:t>
             </w:r>
             <w:r w:rsidR="00F827FB" w:rsidRPr="00F65AD6">
               <w:t>鷁</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>鶃鳥也。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
@@ -8392,176 +8652,167 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>司馬相如鶃从赤。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>按赤聲古音在五部。而用爲鶃字者合韵也。</w:t>
-[...7 lines deleted...]
-              <w:t>葢《凡將篇》如此作。今《上林賦》濯鷁牛首。衹作鷁。</w:t>
+              <w:t>按赤聲古音在五部。而用爲鶃字者合韵也。葢《凡將篇》如此作。今《上林賦》濯鷁牛首。衹作鷁。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="4C4731A6" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="4C4731A6" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7288AAAD" w14:textId="27B20C07" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="7288AAAD" w14:textId="27B20C07" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B76941">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>殪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA70FF1" w14:textId="4342F039" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="4EA70FF1" w14:textId="4342F039" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1B63CB" w14:textId="1DC50A28" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00F65AD6">
+          <w:p w14:paraId="7A1B63CB" w14:textId="1DC50A28" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>歹</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>壹</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D05B62" w14:textId="514B01AB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="07D05B62" w14:textId="514B01AB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">To kill with a bow and arrow </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"gMXBvCIs","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4E8329" w14:textId="0027638B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5F4E8329" w14:textId="0027638B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8605,53 +8856,53 @@
               </w:rPr>
               <w:instrText>說文解字注</w:instrText>
             </w:r>
             <w:r w:rsidR="00265999">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [Shuowen Jiezi Zhu]","</w:instrText>
             </w:r>
             <w:r w:rsidR="00265999">
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620A9D73" w14:textId="5C75947C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00D276D4">
+          <w:p w14:paraId="620A9D73" w14:textId="5C75947C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D276D4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>說文解字注》於計切</w:t>
             </w:r>
             <w:r w:rsidR="00F827FB" w:rsidRPr="00B76941">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>殪</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>死也</w:t>
             </w:r>
@@ -8672,51 +8923,59 @@
               <w:t>《左傳》。聲子射其馬。斬鞅。殪。將擊子車。子車射之。殪。《小雅</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>・</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>毛傳》，文穎注《上林賦》皆曰：壹發而死爲殪。是也。故其字從壹。按尚書言殪戎殷。殪，仆也。此引伸之義。《中庸》言壹戎衣。注。衣讀爲殷。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>聲之誤也。壹戎殷者，壹用兵伐殷也。郭忠恕《佩觿》乃引鄭注云：壹當爲殪。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>此記憶之誤耳。凡恃記憶而不檢閲者多此病。</w:t>
+              <w:t>此記憶之誤耳。凡恃記憶而</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>不檢閲者多此病。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>从</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>𣦵</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
@@ -8760,155 +9019,156 @@
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>從古文死。</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>壹省聲</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="24C604E9" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="24C604E9" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6880D3D9" w14:textId="7484386A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="6880D3D9" w14:textId="7484386A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>逸</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13054D29" w14:textId="0CEB9940" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="13054D29" w14:textId="0CEB9940" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6DD830" w14:textId="259AE17E" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="4D6DD830" w14:textId="259AE17E" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>辶</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>兔</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0B8F6B" w14:textId="113C6853" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00265999" w:rsidP="00CF6496">
+          <w:p w14:paraId="0A0B8F6B" w14:textId="113C6853" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00265999" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">To flee, escape, evade </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"5Tb4G4DF","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00265999">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00265999">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00265999">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F827FB">
               <w:t>. It comes from rabbits being able to flee.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F5C1B8" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="30F5C1B8" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8949,51 +9209,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>說文解字注</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [Shuowen Jiezi Zhu]","</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D276D4">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7889B783" w14:textId="6E520759" w:rsidR="00D23BE5" w:rsidRPr="00D23BE5" w:rsidRDefault="00D23BE5" w:rsidP="00CF6496">
+          <w:p w14:paraId="7889B783" w14:textId="6E520759" w:rsidR="00D23BE5" w:rsidRPr="00D23BE5" w:rsidRDefault="00D23BE5" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Erya Xin Zhu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9773,87 +10033,86 @@
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> Xīnzhù]","editor":[{"family":"Wang","given":"Jianli"}],"issued":{"date-parts":[["2021"]]}},"locator":"125","label":"page"}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D23BE5">
               <w:t>(Wang, 2021, p. 125)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E12989" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="29E12989" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《說文解字注》夷質切逸失也。</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>此以曡韵爲訓。亡逸者，本義也。引伸之爲逸游，爲暇逸。</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>从辵兔。</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>會意。夷質切。十二部。</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
@@ -9875,51 +10134,51 @@
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>說从辵兔之意。謾，訑皆欺也。謾音蠻。訑《言部》作詑。音大和切。兔善逃，故从兔辵。猶隹善飛，故奪从手持隹而失之。</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>皆亡逸之意</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56520CE8" w14:textId="33AD9749" w:rsidR="00D23BE5" w:rsidRPr="00043578" w:rsidRDefault="00D23BE5" w:rsidP="00CF6496">
+          <w:p w14:paraId="56520CE8" w14:textId="33AD9749" w:rsidR="00D23BE5" w:rsidRPr="00043578" w:rsidRDefault="00D23BE5" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《尔雅新注》</w:t>
             </w:r>
             <w:r w:rsidRPr="00D23BE5">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>逸</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>，</w:t>
@@ -9933,111 +10192,110 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="00D23BE5">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>過</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>也。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="7EF75088" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="7EF75088" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D710C0F" w14:textId="0F752C7A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="4D710C0F" w14:textId="0F752C7A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>唈</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="039F7CD0" w14:textId="53212C0F" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="039F7CD0" w14:textId="53212C0F" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1883F0A9" w14:textId="4E1EFFD2" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="1883F0A9" w14:textId="4E1EFFD2" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>口</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>邑</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B4469C" w14:textId="1A36D972" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="18B4469C" w14:textId="1A36D972" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">Shortness of breath; palpitations </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"FXZF4fjY","properties":{"formattedCitation":"(Zhang and Chen, 2015; Love, 2025)","plainCitation":"(Zhang and Chen, 2015; Love, 2025)","noteIndex":0},"citationItems":[{"id":1464,"uris":["http://zotero.org/user</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>s/15940629/items/DJUY92SW"],"itemData":{"id":1464,"type":"book","abstract":"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>《康熙字典</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
@@ -10274,53 +10532,53 @@
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:t>(Zhang and Chen, 2015; Love, 2025)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57057F86" w14:textId="2EDB4B02" w:rsidR="00F65AD6" w:rsidRPr="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="57057F86" w14:textId="2EDB4B02" w:rsidR="00F65AD6" w:rsidRPr="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Erya </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11062,246 +11320,246 @@
             <w:r w:rsidR="003455BC">
               <w:instrText xml:space="preserve"> [Ěry</w:instrText>
             </w:r>
             <w:r w:rsidR="003455BC">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>ǎ</w:instrText>
             </w:r>
             <w:r w:rsidR="003455BC">
               <w:instrText xml:space="preserve"> Xīnzhù]","editor":[{"family":"Wang","given":"Jianli"}],"issued":{"date-parts":[["2021"]]}},"locator":"142","label":"page"}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003455BC" w:rsidRPr="003455BC">
               <w:t>(Zhang and Chen, 2015; Wang, 2021, p. 142)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B523D5B" w14:textId="37DFC0D4" w:rsidR="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="0B523D5B" w14:textId="37DFC0D4" w:rsidR="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>爾雅·釋言</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>僾唈也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79090856" w14:textId="1E65A699" w:rsidR="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="79090856" w14:textId="1E65A699" w:rsidR="00F827FB" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>嗚唈，短氣</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08FA2202" w14:textId="109B327A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F827FB" w:rsidP="00CF6496">
+          <w:p w14:paraId="08FA2202" w14:textId="109B327A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F827FB" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>疏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>孫炎云：心唈也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F827FB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="033196DF" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="033196DF" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="65A900E3" w14:textId="1D380270" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="65A900E3" w14:textId="1D380270" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>偯</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62F367E1" w14:textId="028F51CD" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="62F367E1" w14:textId="028F51CD" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>ǐ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE51468" w14:textId="03E81A22" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="2EE51468" w14:textId="03E81A22" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亻</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>哀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="254CA250" w14:textId="30BB3400" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00CF6496">
+          <w:p w14:paraId="254CA250" w14:textId="30BB3400" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00772514">
             <w:r>
               <w:t>To sob or wail.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FBAA50" w14:textId="42883037" w:rsidR="00F65AD6" w:rsidRPr="003455BC" w:rsidRDefault="003455BC" w:rsidP="00CF6496">
+          <w:p w14:paraId="07FBAA50" w14:textId="42883037" w:rsidR="00F65AD6" w:rsidRPr="003455BC" w:rsidRDefault="003455BC" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Jiyun </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Kangxi Dictionary </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11650,53 +11908,53 @@
                 <w:iCs/>
               </w:rPr>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003455BC">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC16AF8" w14:textId="2030AE03" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00CF6496">
+          <w:p w14:paraId="5CC16AF8" w14:textId="2030AE03" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>集韻</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
@@ -11727,166 +11985,166 @@
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>𠀤</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>音扆。哭餘聲</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="5A8DD9EA" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="5A8DD9EA" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5053A2" w14:textId="08C24C6C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="0B5053A2" w14:textId="08C24C6C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>倚</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A12A3D1" w14:textId="26AE11BC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5A12A3D1" w14:textId="26AE11BC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>ǐ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18237619" w14:textId="298DA318" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="18237619" w14:textId="298DA318" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亻</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>奇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23766983" w14:textId="62CBD849" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00CF6496">
+          <w:p w14:paraId="23766983" w14:textId="62CBD849" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="003455BC" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">To incline towards, to lean, to pause </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"HEsea4vU","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="003455BC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BA848F" w14:textId="1E41F35F" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="10BA848F" w14:textId="1E41F35F" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Kangxi Dictionary </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12289,208 +12547,208 @@
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7C1DBE" w14:textId="6BF56C22" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00ED35B4" w:rsidP="00CF6496">
+          <w:p w14:paraId="5E7C1DBE" w14:textId="6BF56C22" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00ED35B4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《康熙》</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED35B4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>又偏也，側也。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED35B4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>禮·問喪</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED35B4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>居于倚廬。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="4254D989" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="4254D989" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="13C2653F" w14:textId="20FA7486" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="13C2653F" w14:textId="20FA7486" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>黓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5244953C" w14:textId="2E64E997" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5244953C" w14:textId="2E64E997" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1E09A5" w14:textId="25BDF4AB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="2C1E09A5" w14:textId="25BDF4AB" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>黑</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>弋</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1764D988" w14:textId="04147FFC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="1764D988" w14:textId="04147FFC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">The colour black </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"fwhuRU9V","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FA010A" w14:textId="04A434DE" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="12FA010A" w14:textId="04A434DE" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"KqRmsyIz","properties":{"formattedCitation":"(Zhang and Chen, 2015)","plainCitation":"(Zhang and Chen, 2015)","noteIndex":0},"citationItems":[{"id":1464,"uris":["http://zotero.org/users/15940629/items/DJUY92S</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
@@ -12727,53 +12985,53 @@
               </w:rPr>
               <w:instrText>ǎ</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"]]}}}],"sche</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3B984B" w14:textId="7C0A2BF0" w:rsidR="009065D4" w:rsidRDefault="001D332C" w:rsidP="009065D4">
+          <w:p w14:paraId="1E3B984B" w14:textId="7C0A2BF0" w:rsidR="009065D4" w:rsidRDefault="001D332C" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亥集下</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009065D4">
               <w:rPr>
@@ -12911,55 +13169,56 @@
               <w:t>廣雅</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>黑也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F4E2EA3" w14:textId="1E17CC8E" w:rsidR="009065D4" w:rsidRDefault="009065D4" w:rsidP="009065D4">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6F4E2EA3" w14:textId="1E17CC8E" w:rsidR="009065D4" w:rsidRDefault="009065D4" w:rsidP="00772514">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>又作弋。前漢·文帝贊</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001D332C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>身衣弋綈</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -12982,164 +13241,163 @@
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
             <w:r w:rsidR="001D332C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>如淳曰：弋，皁也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C068CD0" w14:textId="73B4A3DE" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="009065D4">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="1C068CD0" w14:textId="73B4A3DE" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00772514">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
               <w:t xml:space="preserve">　又</w:t>
             </w:r>
             <w:r w:rsidR="001D332C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>爾雅·釋天</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001D332C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>太歲在壬曰伭黓</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="66EA155E" w14:textId="77777777" w:rsidTr="00F65AD6">
+      <w:tr w:rsidR="00636E66" w:rsidRPr="00043578" w14:paraId="66EA155E" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="214DE454" w14:textId="4354EF61" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="214DE454" w14:textId="4354EF61" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>黟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B502D6F" w14:textId="04811099" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="1B502D6F" w14:textId="04811099" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEBAE0C" w14:textId="7D6DCB03" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="6DEBAE0C" w14:textId="7D6DCB03" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>黑</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>多</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05810171" w14:textId="62954285" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="05810171" w14:textId="62954285" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">A shining black, associated with wood in classical sources </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"TV7vQmiY","properties":{"formattedCitation":"(Xu, 2015; Zhang and Chen, 2015)","plainCitation":"(Xu, 2015; Zhang and Chen, 2015)","noteIndex":0},"citationItems":[{"id":1264,"uris":["http://zotero.org/users/15</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>940629/items/25L6SJGH"],"itemData":{"id":1264,"type":"book","edition":"1st ed.","event-place":"Nanjing","ISBN":"978-7-5506-2167-1","language":"chi","note":"OCLC: 965753882","publisher":"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>鳳凰出版社</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
@@ -13391,53 +13649,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:t>(Xu, 2015; Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="412101ED" w14:textId="35369B64" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="412101ED" w14:textId="35369B64" w:rsidR="00F65AD6" w:rsidRPr="009065D4" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -13528,53 +13786,53 @@
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A53AB94" w14:textId="04DC83A0" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00CF6496">
+          <w:p w14:paraId="2A53AB94" w14:textId="04DC83A0" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="009065D4" w:rsidP="00772514">
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>說文解字注》烏雞切黟黑木也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
@@ -13683,120 +13941,120 @@
               <w:t>丹楊有黟縣。</w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《地理志》本作黟。師古所據作黝。乃誤本耳。今安徽徽州府黟縣是其地。</w:t>
             </w:r>
             <w:r w:rsidRPr="009065D4">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="2CDEDE3E" w14:textId="77777777" w:rsidTr="007D7E1B">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="2CDEDE3E" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="45E4AD4E" w14:textId="65874994" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="45E4AD4E" w14:textId="65874994" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亄</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD440C1" w14:textId="27716D44" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5DD440C1" w14:textId="27716D44" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C51DC8" w14:textId="0D73D2F2" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="32C51DC8" w14:textId="0D73D2F2" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>壹</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>乚</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F144A30" w14:textId="5F113F28" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF42AA" w:rsidP="00CF6496">
+          <w:p w14:paraId="4F144A30" w14:textId="5F113F28" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF42AA" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">To be stingy and greedy. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586EE6AF" w14:textId="14B4D68E" w:rsidR="00F65AD6" w:rsidRPr="00CF42AA" w:rsidRDefault="00CF42AA" w:rsidP="00CF42AA">
+          <w:p w14:paraId="586EE6AF" w14:textId="14B4D68E" w:rsidR="00F65AD6" w:rsidRPr="00CF42AA" w:rsidRDefault="00CF42AA" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Fangyan</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> states that it is a dialect term specific to the state of Chu </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"n5YEkYPN","properties":{"formattedCitation":"(Yang, 2022, p. 229)","plainCitation":"(Yang, 2022, p. 229)","noteIndex":0},"citationItems":[{"id":1262,"uris":["http://zotero.org/users/15940629/items/ACVRYV7A"],</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>"itemData":{"id":1262,"type":"book","abstract":"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
@@ -14634,193 +14892,193 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF42AA">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C667EB0" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00CF42AA" w:rsidP="00CF6496">
+          <w:p w14:paraId="3C667EB0" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="00CF42AA" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《方言》</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF42AA">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>亄、嗇，貪也。荊汝江湘之郊凡貪而不施謂之亄，或謂之嗇，或謂之悋。悋，恨也。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="319499D9" w14:textId="7523BB70" w:rsidR="00CF42AA" w:rsidRPr="00043578" w:rsidRDefault="00CF42AA" w:rsidP="00CF6496">
+          <w:p w14:paraId="319499D9" w14:textId="7523BB70" w:rsidR="00CF42AA" w:rsidRPr="00043578" w:rsidRDefault="00CF42AA" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="7AA8F444" w14:textId="77777777" w:rsidTr="0031698A">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="7AA8F444" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5C37C41E" w14:textId="121E911A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5C37C41E" w14:textId="121E911A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>齮</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671951F0" w14:textId="44949E5B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="671951F0" w14:textId="44949E5B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>ǐ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51693FD3" w14:textId="592B8360" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="51693FD3" w14:textId="592B8360" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>齒</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>奇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC2611C" w14:textId="6C3472C8" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00735CFB" w:rsidP="00CF6496">
+          <w:p w14:paraId="4DC2611C" w14:textId="6C3472C8" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00735CFB" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">To bite </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"hQjDmvsl","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00735CFB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00735CFB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00735CFB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="351458BF" w14:textId="5702679E" w:rsidR="00F65AD6" w:rsidRPr="00735CFB" w:rsidRDefault="00735CFB" w:rsidP="00CF6496">
+          <w:p w14:paraId="351458BF" w14:textId="5702679E" w:rsidR="00F65AD6" w:rsidRPr="00735CFB" w:rsidRDefault="00735CFB" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -14892,53 +15150,53 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [Shuowen Jiezi Zhu]","</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00735CFB">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="689D6E9A" w14:textId="04797712" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00735CFB" w:rsidP="00735CFB">
+          <w:p w14:paraId="689D6E9A" w14:textId="04797712" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00735CFB" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>說文解字注》魚綺切</w:t>
             </w:r>
             <w:r w:rsidRPr="00735CFB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>齮</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>齧也</w:t>
             </w:r>
@@ -14981,234 +15239,234 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>》。</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>齮齕用事者墳墓。如淳曰：齮齕，猶齚齧也。齕，齩也。按凡從奇之字多訓偏</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>如掎訓偏引，齮訓側齧。《索隱》注高紀</w:t>
-[...7 lines deleted...]
-              <w:t>云：許愼以爲側齧。</w:t>
+              <w:t>如掎訓偏引，齮訓側齧。《索隱》注高紀云：許愼以爲側齧。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>从齒。奇聲。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>魚綺切。古音在十七部</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="44C88986" w14:textId="77777777" w:rsidTr="00651453">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="44C88986" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="53EEB5BA" w14:textId="39B16039" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="53EEB5BA" w14:textId="39B16039" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>肄</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A221C2F" w14:textId="40D8A704" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="6A221C2F" w14:textId="40D8A704" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="530"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39A01E7A" w14:textId="475EC0A3" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="39A01E7A" w14:textId="475EC0A3" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>匕</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>矢</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>聿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBDFB45" w14:textId="7E27892B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="007B68A0" w:rsidP="00CF6496">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">To exercise, train, practice, rehearse; to take pains and apply oneself; to examine or inspect </w:t>
+          <w:p w14:paraId="4EBDFB45" w14:textId="7E27892B" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="007B68A0" w:rsidP="00772514">
+            <w:r>
+              <w:t xml:space="preserve">To exercise, train, practice, rehearse; to take pains and </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">apply oneself; to examine or inspect </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"BqkSRh4C","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="793C592F" w14:textId="77777777" w:rsidR="00D9088C" w:rsidRDefault="007B68A0" w:rsidP="00CF6496">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="793C592F" w14:textId="77777777" w:rsidR="00D9088C" w:rsidRDefault="007B68A0" w:rsidP="00772514">
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Fangyan</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> states that it is a regional synonym from between the states of Qin and Jin </w:t>
+              <w:t xml:space="preserve"> states that it is a regional synonym from between the states of </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Qin and Jin </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"j39aegCN","properties":{"formattedCitation":"(Yang, 2022, p. 7)","plainCitation":"(Yang, 2022, p. 7)","noteIndex":0},"citationItems":[{"id":1262,"uris":["http://zotero.org/users/15940629/items/ACVRYV7A"],"ite</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>mData":{"id":1262,"type":"book","abstract":"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>扬雄《方言》</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>,</w:instrText>
             </w:r>
@@ -15671,52 +15929,52 @@
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:t>(Yang, 2022, p. 7)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. However, here it means </w:t>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>馀</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> “remainder,” a unique classical meaning.</w:t>
             </w:r>
             <w:r w:rsidR="00D9088C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D411656" w14:textId="77777777" w:rsidR="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00CF6496"/>
-          <w:p w14:paraId="695D74CF" w14:textId="1B364D52" w:rsidR="00F65AD6" w:rsidRPr="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00CF6496">
+          <w:p w14:paraId="0D411656" w14:textId="77777777" w:rsidR="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00772514"/>
+          <w:p w14:paraId="695D74CF" w14:textId="1B364D52" w:rsidR="00F65AD6" w:rsidRPr="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">It is mentioned in detail in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> where its other meanings are shown </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"kjv5D3wT","properties":{"formattedCitation":"(Zhang and Chen, 2015)","plainCitation":"(Zhang and Chen, 2015)","noteIndex":0},"citationItems":[{"id":1464,"uris":["http://zotero.org/users/15940629/items/DJUY92S</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>W"],"itemData":{"id":1464,"type":"book","abstract":"</w:instrText>
             </w:r>
@@ -15954,81 +16212,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"]]}}}],"sche</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE96F02" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="007B68A0" w:rsidP="00CF6496">
+          <w:p w14:paraId="3CE96F02" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="007B68A0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>《方言》</w:t>
             </w:r>
             <w:r w:rsidRPr="007B68A0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>烈、枿，餘也。陳鄭之間曰枿，晉衛之間曰烈，秦晉之間曰肄，或曰烈。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B449E51" w14:textId="77777777" w:rsidR="007B68A0" w:rsidRDefault="007B68A0" w:rsidP="00CF6496">
+          <w:p w14:paraId="5B449E51" w14:textId="77777777" w:rsidR="007B68A0" w:rsidRDefault="007B68A0" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="415714DF" w14:textId="192158D2" w:rsidR="007B68A0" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00CF6496">
+          <w:p w14:paraId="415714DF" w14:textId="192158D2" w:rsidR="007B68A0" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>廣韻</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
@@ -16105,152 +16364,153 @@
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>肄，習也。君有命，大夫則與士展習其事。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="4BB3A046" w14:textId="77777777" w:rsidTr="00943941">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="4BB3A046" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="327353EB" w14:textId="64C53303" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="327353EB" w14:textId="64C53303" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>噫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38AED9C8" w14:textId="6CDCA577" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="38AED9C8" w14:textId="6CDCA577" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26E5A746" w14:textId="27C0A0CC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="26E5A746" w14:textId="27C0A0CC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>口</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>意</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="534EE532" w14:textId="315CC6E7" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00CF6496">
+          <w:p w14:paraId="534EE532" w14:textId="315CC6E7" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">Sentence-final particle expressing grief; “alas!” </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"57clvZQT","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14BB94EB" w14:textId="7B6697F4" w:rsidR="00F65AD6" w:rsidRPr="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00CF6496">
+          <w:p w14:paraId="14BB94EB" w14:textId="7B6697F4" w:rsidR="00F65AD6" w:rsidRPr="00D9088C" w:rsidRDefault="00D9088C" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -16417,99 +16677,91 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [The Confucian Analects]","title-short":"The Confucian Analects","author":[{"family":"</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">Kong","given":"Qiu"}],"translator":[{"family":"Legge","given":"James"},{"family":"Wang","given":"Fengli"}],"issued":{"date-parts":[["2016"]]}},"locator":"132","label":"page"}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:t>(Kong, 2016, p. 132)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4CC878" w14:textId="158E7E33" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00CF6496">
+          <w:p w14:paraId="7B4CC878" w14:textId="158E7E33" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00D9088C" w:rsidP="00772514">
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>說文解字注》於介切噫飽出息也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>各本作飽食。今依《玉篇》、《眾經音義》訂。息，鼻息也。《內則》。在父母舅姑之所。不敢噦噫。《莊子》。大塊噫氣。其名曰風。《靈樞經》曰：五藏氣心主噫。按噫字亦作餩。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>見《廣雅》。《玉篇》、《廣韵》於北烏克二反。高注《淮南書》</w:t>
-[...7 lines deleted...]
-              <w:t>曰：垓讀如人飮食太多，以思下垓之垓。以思下垓之垓，乃以息上餩之餩之誤。高注多言心中滿該。亦謂此也。</w:t>
+              <w:t>見《廣雅》。《玉篇》、《廣韵》於北烏克二反。高注《淮南書》曰：垓讀如人飮食太多，以思下垓之垓。以思下垓之垓，乃以息上餩之餩之誤。高注多言心中滿該。亦謂此也。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>从口。意聲。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
@@ -16518,155 +16770,158 @@
               <w:t>於介切。古音在一部。《論語》。子曰：噫，天喪予。鄭氏《毛詩》。</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>噫此皇父。噫厥哲婦。皆爲有所痛傷之聲</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9088C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="32776390" w14:textId="77777777" w:rsidTr="00DA18F9">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="32776390" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7F7A4E" w14:textId="7C42DECA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="4C7F7A4E" w14:textId="7C42DECA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>刈</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375D211D" w14:textId="46C8BBFF" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="375D211D" w14:textId="46C8BBFF" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACC3526" w14:textId="0580365D" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="0ACC3526" w14:textId="0580365D" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>乂</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>刂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C74A586" w14:textId="77777777" w:rsidR="002A51AC" w:rsidRDefault="008553A4" w:rsidP="00CF6496">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">To mow or chop down; can be used as a noun for a sickle/scythe </w:t>
+          <w:p w14:paraId="0C74A586" w14:textId="77777777" w:rsidR="002A51AC" w:rsidRDefault="008553A4" w:rsidP="00772514">
+            <w:r>
+              <w:t xml:space="preserve">To mow or chop down; can be used as a noun for a </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">sickle/scythe </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"rCGcgC9j","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008553A4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="008553A4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="008553A4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006E61E4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5248F9C4" w14:textId="77777777" w:rsidR="002A51AC" w:rsidRDefault="002A51AC" w:rsidP="00CF6496"/>
-          <w:p w14:paraId="571F9D96" w14:textId="39479C4E" w:rsidR="00F65AD6" w:rsidRPr="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00CF6496">
+          <w:p w14:paraId="5248F9C4" w14:textId="77777777" w:rsidR="002A51AC" w:rsidRDefault="002A51AC" w:rsidP="00772514"/>
+          <w:p w14:paraId="571F9D96" w14:textId="39479C4E" w:rsidR="00F65AD6" w:rsidRPr="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00772514">
             <w:r>
               <w:t>By the time of</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A51AC" w:rsidRPr="002A51AC">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>玉篇</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A51AC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Yupian</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -16706,58 +16961,59 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D54708" w:rsidRPr="00D54708">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D54708">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54708">
               <w:t>semantic</w:t>
             </w:r>
             <w:r w:rsidRPr="006E61E4">
               <w:t xml:space="preserve"> broadening had occurred to imply killing</w:t>
             </w:r>
             <w:r w:rsidR="002A51AC">
               <w:t xml:space="preserve">, which this poem uses. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72ED78D4" w14:textId="169A21B8" w:rsidR="006E61E4" w:rsidRPr="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00CF6496">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="72ED78D4" w14:textId="169A21B8" w:rsidR="006E61E4" w:rsidRPr="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00772514">
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kangxi Dictionary</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
@@ -17155,53 +17411,53 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006E61E4">
               <w:t>(Xu, 2015; Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2D94ED" w14:textId="35C47184" w:rsidR="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="006E61E4">
+          <w:p w14:paraId="2D2D94ED" w14:textId="35C47184" w:rsidR="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>子集下</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -17299,51 +17555,58 @@
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>魚刈切</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>韻會</w:t>
+              <w:t>韻</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>會</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>疑刈切</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -17418,95 +17681,95 @@
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>芟草也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>…]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48B710A1" w14:textId="78CC1037" w:rsidR="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="006E61E4">
+          <w:p w14:paraId="48B710A1" w14:textId="78CC1037" w:rsidR="006E61E4" w:rsidRDefault="006E61E4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　又</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>玉篇</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>取也，殺也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B414817" w14:textId="3036E358" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="006E61E4" w:rsidP="006E61E4">
+          <w:p w14:paraId="1B414817" w14:textId="3036E358" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="006E61E4" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　又</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>韻會</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
@@ -17514,168 +17777,169 @@
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>絕也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="628CC5D2" w14:textId="77777777" w:rsidTr="006E38C9">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="628CC5D2" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB66F9B" w14:textId="2C69F062" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="4BB66F9B" w14:textId="2C69F062" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>佁</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21718E31" w14:textId="749D8D04" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="21718E31" w14:textId="749D8D04" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>ǐ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C68C40C" w14:textId="7EEA805C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="1C68C40C" w14:textId="7EEA805C" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亻</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225801F3" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="225801F3" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">Stuck fast; inert, immobile, at a standstill, easy and relaxed, slow and measured </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"bmupoZ1n","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78D1057E" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496"/>
-          <w:p w14:paraId="7A35B674" w14:textId="254F9342" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="78D1057E" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514"/>
+          <w:p w14:paraId="7A35B674" w14:textId="254F9342" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:t>Here, the appearance of not moving forward is used to imply hesitation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A585E2" w14:textId="0CE63D1F" w:rsidR="00F65AD6" w:rsidRPr="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="79A585E2" w14:textId="0CE63D1F" w:rsidR="00F65AD6" w:rsidRPr="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiyun</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:t>Kangxi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Dictionary</w:t>
             </w:r>
@@ -17925,53 +18189,53 @@
               </w:rPr>
               <w:instrText>ǎ</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>n]","author":[{"family":"Zhang","given":"Yushu"},{"family":"Chen","given":"Tingjing"}],"contributor":[{"family":"Xuan","given":"Ye"}],"editor":[{"family":"Wang","given":"Hongyuan"}],"issued":{"date-parts":[["2015"]]}}}],"sche</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05BDD179" w14:textId="0B924A21" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00636E66">
+          <w:p w14:paraId="05BDD179" w14:textId="0B924A21" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>子集中</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -18058,51 +18322,51 @@
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>𠀤</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>音以。固滯貌。張楫曰：不前也</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E19C0DC" w14:textId="19342EDD" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00636E66">
+          <w:p w14:paraId="5E19C0DC" w14:textId="19342EDD" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　又</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>集韻</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
@@ -18138,161 +18402,159 @@
               <w:t>說文</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>癡貌。讀若騃</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E0E3825" w14:textId="44BC6F46" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00636E66">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="5E0E3825" w14:textId="44BC6F46" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00772514">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
               <w:t xml:space="preserve">　又</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>呂氏春秋</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>》</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>佁蹶之機</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="77EC2A53" w14:textId="77777777" w:rsidTr="00427B37">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="77EC2A53" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4378C3F2" w14:textId="7737A2F6" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="4378C3F2" w14:textId="7737A2F6" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>圛</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFC37B2" w14:textId="5F6BE2B4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="5CFC37B2" w14:textId="5F6BE2B4" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yì</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F19CC7" w14:textId="6265985A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="52F19CC7" w14:textId="6265985A" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>囗</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>䜌</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A185477" w14:textId="6AB484BA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="1A185477" w14:textId="6AB484BA" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:t>The rising up of mist or clouds, a meaning mentioned in</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>尙書</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shangshu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -18311,53 +18573,53 @@
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, 2017)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326D085D" w14:textId="132E7D93" w:rsidR="00F65AD6" w:rsidRPr="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="326D085D" w14:textId="132E7D93" w:rsidR="00F65AD6" w:rsidRPr="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Shuowen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jiezi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -18394,150 +18656,154 @@
               </w:rPr>
               <w:instrText>說文解字注</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> [Shuowen Jiezi Zhu]","</w:instrText>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve">author":[{"family":"Xu","given":"Shen"}],"editor":[{"family":"Duan","given":"Yucai"},{"family":"Xu","given":"Weixian"}],"issued":{"date-parts":[["2015"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:t>(Xu, 2015)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE694EE" w14:textId="49E7B520" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00636E66">
+          <w:p w14:paraId="1BE694EE" w14:textId="49E7B520" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《說文解字》羊益切圛回行也。从囗</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>𥇡</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>聲。《尙書》：「曰圛。」圛，升雲半有半無。讀若驛。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="70B05F38" w14:textId="77777777" w:rsidTr="00366694">
+      <w:tr w:rsidR="004D498F" w:rsidRPr="00043578" w14:paraId="70B05F38" w14:textId="77777777" w:rsidTr="00772514">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="640EEDAE" w14:textId="2C739C86" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="640EEDAE" w14:textId="2C739C86" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F65AD6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>伊</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8E5703" w14:textId="14FF12FC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00F65AD6">
+          <w:p w14:paraId="6A8E5703" w14:textId="14FF12FC" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00F65AD6" w:rsidP="00772514">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F65AD6">
               <w:t>yī</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71ACFE54" w14:textId="1CE6F6B1" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00CF6496">
+          <w:p w14:paraId="71ACFE54" w14:textId="1CE6F6B1" w:rsidR="00F65AD6" w:rsidRPr="00043578" w:rsidRDefault="00CF6496" w:rsidP="00772514">
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>亻</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6496">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>尹</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54CB2487" w14:textId="0E1E518F" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496">
+          <w:p w14:paraId="54CB2487" w14:textId="0E1E518F" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514">
             <w:r>
               <w:t xml:space="preserve">Here, it is used as a third person pronoun, usage associated with Wu Chinese. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49830929" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00CF6496"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">In Classical usage, it can be used this way, but the meaning expands further. It is also commonly used for exclamation/rhythm and this/that. Pre-Han dynasty, it is used to introduce a statement contrary to what is expected </w:t>
+          <w:p w14:paraId="49830929" w14:textId="77777777" w:rsidR="00636E66" w:rsidRDefault="00636E66" w:rsidP="00772514"/>
+          <w:p w14:paraId="14A5E078" w14:textId="3E9177F4" w:rsidR="00F65AD6" w:rsidRPr="005F1493" w:rsidRDefault="00636E66" w:rsidP="00772514">
+            <w:r>
+              <w:t xml:space="preserve">In Classical usage, it can be used this way, but the </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">meaning expands further. It is also commonly used for exclamation/rhythm and this/that. Pre-Han dynasty, it is used to introduce a statement contrary to what is expected </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"x6apTar6","properties":{"formattedCitation":"(Kroll {\\i{}et al.}, 2017)","plainCitation":"(Kroll et al., 2017)","noteIndex":0},"citationItems":[{"id":67,"uris":["http://zotero.org/users/15940629/items/M4ZZDV8E"],"itemData":{"id":67,"type":"book","abstract":"\"A Student's Dictionary of Classical and Medieval Chinese facilitates reading and translating historical, literary, and religious texts dating from approximately 500 BCE to 1000 CE. As a lexicon meant for practical use, it also includes an abundance of alliterative and echoic binomes as well as accurate identifications of hundreds of plants, animals, and assorted technical terms in various fields. Comprising over 8,000 characters, an index by \"radical\" and stroke-number, and various appendices, this is the one reference work for both students and advanced scholars","collection-number":"Volume 30","collection-title":"Handbook of oriental studies = Handbuch der Orientalistik Section 4, China / edited by Stephen F. Teiser, Martin Kern, Timothy Brook","edition":"Revised edition","event-place":"Leiden Boston","ISBN":"978-90-04-32513-5","language":"eng chi","number-of-pages":"713","publisher":"Brill","publisher-place":"Leiden Boston","source":"K10plus ISBN","title":"A student's dictionary of classical and medieval Chinese","author":[{"family":"Kroll","given":"Paul W."},{"family":"Baxter","given":"William H."},{"family":"Boltz","given":"William G."},{"family":"Knechtges","given":"David R."},{"family":"Lien","given":"Y. Edmund"},{"family":"Richter","given":"Antje"},{"family":"Richter","given":"Matthias L."},{"family":"Warner","given":"Ding Xiang"}],"editor":[{"family":"Teiser","given":"Stephen F."},{"family":"Kern","given":"Martin"},{"family":"Brook","given":"Timothy"}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(Kroll </w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et al.</w:t>
             </w:r>
             <w:r w:rsidRPr="00636E66">
@@ -18817,65 +19083,66 @@
               </w:rPr>
               <w:instrText>i qi</w:instrText>
             </w:r>
             <w:r w:rsidR="005F1493">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:instrText>ā</w:instrText>
             </w:r>
             <w:r w:rsidR="005F1493">
               <w:instrText xml:space="preserve">n]","author":[{"family":"Cheng","given":"Dengji"},{"family":"Wang","given":"Yinglin"}],"contributor":[{"family":"Xia","given":"Hua"}],"editor":[{"family":"Du","given":"Zhiwei"}],"issued":{"date-parts":[["2023"]]}},"locator":"224","label":"page"}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r w:rsidR="005F1493">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005F1493" w:rsidRPr="005F1493">
               <w:t>(Cheng and Wang, 2023, p. 224)</w:t>
             </w:r>
             <w:r w:rsidR="005F1493">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A45E9A4" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="0082557C" w:rsidP="00CF6496">
+          <w:p w14:paraId="2A45E9A4" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="0082557C" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Kangxi Dictionary </w:t>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"39Fvm7iJ","properties":{"formattedCitation":"(Zhang and Chen, 2015)","plainCitation":"(Zhang and Chen, 2015)","noteIndex":0},"citationItems":[{"id":1464,"uris":["http://zotero.org/users/15940629/items/DJUY92S</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>W"],"itemData":{"id":1464,"type":"book","abstract":"</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>《康熙字典</w:instrText>
             </w:r>
@@ -19171,58 +19438,58 @@
               </w:rPr>
               <w:instrText xml:space="preserve">ma":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(Zhang and Chen, 2015)</w:t>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0082557C">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2679B656" w14:textId="77777777" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="00CF6496">
+          <w:p w14:paraId="2679B656" w14:textId="77777777" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3AA10A20" w14:textId="740109EA" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="00CF6496">
+          <w:p w14:paraId="3AA10A20" w14:textId="740109EA" w:rsidR="004D498F" w:rsidRPr="004D498F" w:rsidRDefault="004D498F" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Hundred Family Surnames</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
@@ -19576,53 +19843,53 @@
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText>ā</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:instrText xml:space="preserve">n]","author":[{"family":"Cheng","given":"Dengji"},{"family":"Wang","given":"Yinglin"}],"contributor":[{"family":"Xia","given":"Hua"}],"editor":[{"family":"Du","given":"Zhiwei"}],"issued":{"date-parts":[["2023"]]}},"locator":"224","label":"page"}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004D498F">
               <w:t>(Cheng and Wang, 2023, p. 224)</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04EB881A" w14:textId="5031C1C1" w:rsidR="005F1493" w:rsidRDefault="005F1493" w:rsidP="005F1493">
+          <w:p w14:paraId="04EB881A" w14:textId="5031C1C1" w:rsidR="005F1493" w:rsidRDefault="005F1493" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《子集中》《人字部》</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>〔古文〕</w:t>
@@ -19641,154 +19908,186 @@
               </w:rPr>
               <w:t>《</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>唐韻》於脂切《集韻》於夷切《韻會》幺夷切《正韻》於宜切，</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="SimSun-ExtB" w:eastAsia="SimSun-ExtB" w:hAnsi="SimSun-ExtB" w:cs="SimSun-ExtB" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>𠀤</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>音蛜。彼也。《詩·秦風》所謂伊人，在水一方。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD0FD40" w14:textId="46AFE190" w:rsidR="005F1493" w:rsidRDefault="005F1493" w:rsidP="005F1493">
+          <w:p w14:paraId="5AD0FD40" w14:textId="46AFE190" w:rsidR="005F1493" w:rsidRDefault="005F1493" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">　又維也。《儀禮·士冠禮》嘉薦伊脯。《揚雄·河東賦》伊年暮春，將瘞后土，禮靈祇。《註》師古曰：伊，是也。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C85A7AE" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="005F1493" w:rsidP="005F1493">
+          <w:p w14:paraId="1C85A7AE" w14:textId="77777777" w:rsidR="00F65AD6" w:rsidRDefault="005F1493" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">　又姓。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67D8B0B2" w14:textId="77777777" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="005F1493">
+          <w:p w14:paraId="67D8B0B2" w14:textId="77777777" w:rsidR="004D498F" w:rsidRDefault="004D498F" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F0E3FBF" w14:textId="38351C8B" w:rsidR="004D498F" w:rsidRPr="00043578" w:rsidRDefault="004D498F" w:rsidP="00A01D2F">
+          <w:p w14:paraId="4F0E3FBF" w14:textId="38351C8B" w:rsidR="004D498F" w:rsidRPr="00043578" w:rsidRDefault="004D498F" w:rsidP="00772514">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>《百家姓》</w:t>
             </w:r>
             <w:r w:rsidR="00A01D2F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>全郗班仰，秋仲伊宮，甯仇欒暴，甘針厲戎</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75E11F34" w14:textId="0A622E22" w:rsidR="003E7A64" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
+    <w:p w14:paraId="22FC55B0" w14:textId="77777777" w:rsidR="00772514" w:rsidRDefault="00772514" w:rsidP="003E7A64">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="7439AA15" w14:textId="77777777" w:rsidR="00772514" w:rsidRDefault="00772514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633ECC2E" w14:textId="77777777" w:rsidR="00772514" w:rsidRDefault="00772514" w:rsidP="003E7A64">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:sectPr w:rsidR="00772514" w:rsidSect="00772514">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E11F34" w14:textId="7B2BF7EB" w:rsidR="003E7A64" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix B: Simplified Chinese </w:t>
       </w:r>
       <w:r w:rsidR="00EF0315">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t>ersion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38452E33" w14:textId="288D2E22" w:rsidR="003E7A64" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
       <w:r>
         <w:t>For the sake of completeness and accessibility, this is a version of the poem in Simplified Chinese.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A0D1EB" w14:textId="08831011" w:rsidR="003E7A64" w:rsidRPr="00FE5443" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5443">
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>《鹥诣医鹢忆·汐洛思》</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D86CCAA" w14:textId="270C1127" w:rsidR="003E7A64" w:rsidRPr="00FE5443" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5443">
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi" w:hint="eastAsia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>鹥壹弋鹢，鹢殪，鹥逸。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF26C72" w14:textId="14FAC8C2" w:rsidR="003E7A64" w:rsidRPr="00FE5443" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5443">
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>鹥已唈，偯；疑，倚异意。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DBA4E5C" w14:textId="73F467CE" w:rsidR="003E7A64" w:rsidRPr="00FE5443" w:rsidRDefault="003E7A64" w:rsidP="003E7A64">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="KaiTi" w:eastAsia="KaiTi" w:hAnsi="KaiTi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE5443">
@@ -19880,297 +20179,277 @@
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>©</w:t>
       </w:r>
       <w:r w:rsidR="00B069A6">
         <w:rPr>
           <w:color w:val="212529"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Llinos Evans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">. This publication is licensed under a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidR="00AC133B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Creative Commons Attribution 4.0 International Licence (C</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> BY</w:t>
+          <w:t>Creative Commons Attribution 4.0 International Licence (CC BY</w:t>
         </w:r>
         <w:r w:rsidR="00B069A6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>-ND</w:t>
         </w:r>
         <w:r w:rsidR="00AC133B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AC133B" w:rsidSect="002C09C9">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00AC133B" w:rsidSect="00772514">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7130303E" w14:textId="77777777" w:rsidR="00307395" w:rsidRDefault="00307395">
+    <w:p w14:paraId="438FB6F5" w14:textId="77777777" w:rsidR="00BD6940" w:rsidRDefault="00BD6940">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="041B9C64" w14:textId="77777777" w:rsidR="00307395" w:rsidRDefault="00307395">
+    <w:p w14:paraId="452D1860" w14:textId="77777777" w:rsidR="00BD6940" w:rsidRDefault="00BD6940">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{4F9C522A-A186-4628-A551-0675FB874AF6}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{C4528BA6-7AD0-4B49-A0ED-B5EE741D26CD}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{305C7BE9-500B-4EE9-BB67-D5ED2991373A}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId4" w:fontKey="{9DC32301-D326-4A4C-B65E-635EF6CDD1F0}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{BD9D9BA7-CD41-4397-BF0A-6DA89446CB24}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{CCA57AF1-83A3-4F2F-98E2-6FEEE5025618}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{AEB38FA1-579D-4B47-BB0F-5D21FEDE43A0}"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:subsetted="1" w:fontKey="{825D553E-73B1-4349-B8D3-67A536631542}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId7" w:subsetted="1" w:fontKey="{57B63DCF-3A61-430B-ACF6-254EAA844F50}"/>
+    <w:embedRegular r:id="rId5" w:subsetted="1" w:fontKey="{AB34FAD2-1B4C-45A3-BAF5-B9CD20868B26}"/>
+    <w:embedBold r:id="rId6" w:subsetted="1" w:fontKey="{986D0C77-F9C2-4AF0-9D7C-FE1D79261915}"/>
+    <w:embedItalic r:id="rId7" w:subsetted="1" w:fontKey="{1A26D192-2A5C-4A17-979E-D82C0DA57E92}"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{C55D5480-516C-45F2-B7F2-FFB81C665804}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId11" w:fontKey="{657521A2-CA6D-48D1-A280-F48C348E6ACB}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{B9402EC6-DF49-4993-876F-E66054E00FD2}"/>
+    <w:embedBold r:id="rId9" w:fontKey="{07D07A7D-EC82-45F5-AE55-43E053BC8AA7}"/>
+    <w:embedItalic r:id="rId10" w:fontKey="{9E4FC796-85CE-4641-9B85-C06236094C8C}"/>
+    <w:embedBoldItalic r:id="rId11" w:fontKey="{D1BD9086-1CCA-4FAE-A91F-8E20D56C7319}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId12" w:fontKey="{8113F285-E783-4AB5-9545-E22820366225}"/>
-    <w:embedItalic r:id="rId13" w:fontKey="{4F743AFD-B2D1-49C9-8D2E-37A09AFF2AAA}"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{8B16C815-4D11-4750-BF9F-EDEA05C724A9}"/>
+    <w:embedItalic r:id="rId13" w:fontKey="{C14BCA24-1255-4B9F-AEB3-3D39D9862D8C}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId14" w:fontKey="{2EB3C985-3A83-42A5-81FF-0EADA2F19E41}"/>
+    <w:embedRegular r:id="rId14" w:fontKey="{CF3CAA07-D4E8-4A95-BB59-FDBB30DECE5D}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId15" w:fontKey="{A9054016-FA47-4305-951D-59F406511043}"/>
-    <w:embedItalic r:id="rId16" w:fontKey="{AB0A4D9B-C060-4AC1-A021-1327918E1822}"/>
+    <w:embedRegular r:id="rId15" w:fontKey="{A3D84352-34DE-4987-A18B-DAF57FF45DCA}"/>
+    <w:embedItalic r:id="rId16" w:fontKey="{2242149D-3FE4-458E-AFD3-C5C83811C893}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId17" w:fontKey="{18BE80FE-FA94-4C21-830E-A8A627701281}"/>
+    <w:embedRegular r:id="rId17" w:fontKey="{C170FF89-FDC1-44F4-819D-063F742D9ABC}"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId18" w:subsetted="1" w:fontKey="{40C729A1-5C0F-45A9-B5C8-E52F61F9A8C9}"/>
+    <w:embedRegular r:id="rId18" w:subsetted="1" w:fontKey="{067B4443-F316-402D-B3F2-49D64254FC97}"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="KaiTi">
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId19" w:subsetted="1" w:fontKey="{1073DA19-E47E-4E42-BB45-703C922F33B6}"/>
-    <w:embedBold r:id="rId20" w:subsetted="1" w:fontKey="{FED33370-C019-4928-B3E3-17188D126A47}"/>
+    <w:embedRegular r:id="rId19" w:subsetted="1" w:fontKey="{6FB380D7-B76A-47B1-9EFA-846534E1F591}"/>
+    <w:embedBold r:id="rId20" w:subsetted="1" w:fontKey="{695B2087-5F0F-4E17-BFEC-6439C06776AF}"/>
   </w:font>
   <w:font w:name="Sans Serif Collection">
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8007A0C3" w:usb1="02006040" w:usb2="29100001" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId21" w:fontKey="{66443196-9FE1-460E-8C59-88B10D0D1012}"/>
+    <w:embedRegular r:id="rId21" w:fontKey="{5DF9AAF1-BA75-4A9A-B868-FCCA326949D6}"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId22" w:fontKey="{A3978321-C2A4-488E-A35D-4CD738D76EE0}"/>
+    <w:embedRegular r:id="rId22" w:fontKey="{F2492E67-3D68-49FA-B540-A882F86B3734}"/>
   </w:font>
   <w:font w:name="Nirmala UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80FF8023" w:usb1="0200004A" w:usb2="00000200" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId23" w:fontKey="{EB88F43A-BE30-4DEC-BA3A-2FBB7B2E0E67}"/>
+    <w:embedRegular r:id="rId23" w:fontKey="{4E889750-6EFE-4EF2-945E-54CE097E4391}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId24" w:subsetted="1" w:fontKey="{CCA7307A-4DD7-4A6F-8C95-26DED3BEBE98}"/>
+    <w:embedRegular r:id="rId24" w:subsetted="1" w:fontKey="{F79FE62C-EC22-4E00-982B-78E8437ECA94}"/>
   </w:font>
   <w:font w:name="SimSun-ExtB">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="0A0E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId25" w:subsetted="1" w:fontKey="{3ABC4FE5-A432-4CDB-9BA8-9623B08665E7}"/>
+    <w:embedRegular r:id="rId25" w:subsetted="1" w:fontKey="{747195E6-B698-4D7C-BA52-88680ED3198A}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00AC133B" w:rsidRDefault="00AC133B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         <w:color w:val="000000"/>
       </w:rPr>
@@ -20377,60 +20656,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:eastAsia="Merriweather" w:hAnsi="Merriweather"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">DOI: </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00B069A6" w:rsidRPr="00207008">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Merriweather" w:eastAsia="Merriweather" w:hAnsi="Merriweather"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>https://doi.org/10.5526/esj.4</w:t>
-[...8 lines deleted...]
-        <w:t>33</w:t>
+        <w:t>https://doi.org/10.5526/esj.433</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="00AC133B" w:rsidRDefault="00AC133B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather"/>
@@ -20520,61 +20790,61 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:eastAsia="Merriweather" w:hAnsi="Merriweather"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:eastAsia="Merriweather" w:hAnsi="Merriweather"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7966119A" w14:textId="77777777" w:rsidR="00307395" w:rsidRDefault="00307395">
+    <w:p w14:paraId="07DBF1C1" w14:textId="77777777" w:rsidR="00BD6940" w:rsidRDefault="00BD6940">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A74BBF8" w14:textId="77777777" w:rsidR="00307395" w:rsidRDefault="00307395">
+    <w:p w14:paraId="000F6A56" w14:textId="77777777" w:rsidR="00BD6940" w:rsidRDefault="00BD6940">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="00000051" w14:textId="323A9FB1" w:rsidR="00AC133B" w:rsidRPr="001245A4" w:rsidRDefault="00000000" w:rsidP="002A444E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -21181,71 +21451,71 @@
           <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Kangxi Dictionary</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24F16">
         <w:rPr>
           <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="00000052" w14:textId="1BEAD623" w:rsidR="00AC133B" w:rsidRPr="002C09C9" w:rsidRDefault="00D3754C">
+  <w:p w14:paraId="00000052" w14:textId="488C0D04" w:rsidR="00AC133B" w:rsidRPr="002C09C9" w:rsidRDefault="00596648">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D3754C">
+    <w:r w:rsidRPr="00596648">
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:hint="eastAsia"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>鷖詣醫鷁憶</w:t>
     </w:r>
     <w:r w:rsidR="00F746CC" w:rsidRPr="00FF157F">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidR="00F746CC" w:rsidRPr="00337F34">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00F746CC" w:rsidRPr="00FF157F">
       <w:rPr>
         <w:color w:val="000000"/>
@@ -21464,163 +21734,174 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC133B"/>
     <w:rsid w:val="00011CB5"/>
     <w:rsid w:val="00023F51"/>
     <w:rsid w:val="000417A8"/>
+    <w:rsid w:val="00044B9B"/>
     <w:rsid w:val="00045963"/>
     <w:rsid w:val="00057DC2"/>
     <w:rsid w:val="000601A4"/>
     <w:rsid w:val="000726ED"/>
     <w:rsid w:val="000B79FC"/>
     <w:rsid w:val="000C174C"/>
     <w:rsid w:val="000F0719"/>
     <w:rsid w:val="00100BD8"/>
     <w:rsid w:val="00112709"/>
     <w:rsid w:val="001245A4"/>
+    <w:rsid w:val="00125CF6"/>
     <w:rsid w:val="001529B2"/>
+    <w:rsid w:val="00153828"/>
     <w:rsid w:val="00181EC1"/>
     <w:rsid w:val="001D332C"/>
     <w:rsid w:val="00210E09"/>
     <w:rsid w:val="00251AF1"/>
     <w:rsid w:val="0025367C"/>
     <w:rsid w:val="00265999"/>
     <w:rsid w:val="00283C51"/>
     <w:rsid w:val="002A444E"/>
     <w:rsid w:val="002A51AC"/>
     <w:rsid w:val="002C09C9"/>
     <w:rsid w:val="002E396D"/>
     <w:rsid w:val="00307395"/>
     <w:rsid w:val="0031564A"/>
     <w:rsid w:val="00316DD9"/>
     <w:rsid w:val="003455BC"/>
     <w:rsid w:val="00363C4A"/>
+    <w:rsid w:val="00381F6E"/>
     <w:rsid w:val="003E7A64"/>
     <w:rsid w:val="0044229F"/>
     <w:rsid w:val="0046269D"/>
     <w:rsid w:val="00493993"/>
     <w:rsid w:val="004D498F"/>
     <w:rsid w:val="004F557B"/>
     <w:rsid w:val="00506F67"/>
     <w:rsid w:val="00507F8B"/>
     <w:rsid w:val="005271F8"/>
     <w:rsid w:val="00537DEE"/>
     <w:rsid w:val="00570176"/>
     <w:rsid w:val="0057399F"/>
     <w:rsid w:val="00586E29"/>
+    <w:rsid w:val="00596648"/>
     <w:rsid w:val="005F1493"/>
+    <w:rsid w:val="00606D7A"/>
     <w:rsid w:val="00636E66"/>
     <w:rsid w:val="0066543D"/>
     <w:rsid w:val="00690F38"/>
     <w:rsid w:val="006C63FA"/>
     <w:rsid w:val="006C65D8"/>
     <w:rsid w:val="006D728F"/>
     <w:rsid w:val="006E3A95"/>
     <w:rsid w:val="006E61E4"/>
     <w:rsid w:val="006F2841"/>
     <w:rsid w:val="00710766"/>
     <w:rsid w:val="00713961"/>
     <w:rsid w:val="00716D74"/>
     <w:rsid w:val="0072234D"/>
     <w:rsid w:val="00735CFB"/>
     <w:rsid w:val="00745F8A"/>
     <w:rsid w:val="007526CC"/>
+    <w:rsid w:val="00772514"/>
     <w:rsid w:val="00782DE1"/>
     <w:rsid w:val="007B68A0"/>
     <w:rsid w:val="007B70CD"/>
     <w:rsid w:val="007C206A"/>
     <w:rsid w:val="007E7B01"/>
     <w:rsid w:val="007F4D33"/>
     <w:rsid w:val="00817768"/>
     <w:rsid w:val="00824242"/>
     <w:rsid w:val="0082557C"/>
     <w:rsid w:val="008553A4"/>
     <w:rsid w:val="008734C5"/>
     <w:rsid w:val="008B4A3E"/>
     <w:rsid w:val="008C2E27"/>
     <w:rsid w:val="008F2DC7"/>
     <w:rsid w:val="008F7743"/>
     <w:rsid w:val="009065D4"/>
     <w:rsid w:val="00964F67"/>
     <w:rsid w:val="00975FA0"/>
     <w:rsid w:val="00976D0C"/>
     <w:rsid w:val="00982F19"/>
     <w:rsid w:val="009A3E65"/>
     <w:rsid w:val="009E261A"/>
     <w:rsid w:val="00A01D2F"/>
     <w:rsid w:val="00A03FB0"/>
     <w:rsid w:val="00A307F9"/>
+    <w:rsid w:val="00A5669D"/>
     <w:rsid w:val="00A715F0"/>
     <w:rsid w:val="00AB318B"/>
     <w:rsid w:val="00AC133B"/>
     <w:rsid w:val="00AD6BAD"/>
     <w:rsid w:val="00B069A6"/>
     <w:rsid w:val="00B720D4"/>
     <w:rsid w:val="00B76941"/>
     <w:rsid w:val="00BC400E"/>
+    <w:rsid w:val="00BD6940"/>
     <w:rsid w:val="00BF700F"/>
     <w:rsid w:val="00C46A42"/>
     <w:rsid w:val="00C72931"/>
     <w:rsid w:val="00C814FF"/>
     <w:rsid w:val="00C85929"/>
     <w:rsid w:val="00C91A1C"/>
     <w:rsid w:val="00CA0AF9"/>
     <w:rsid w:val="00CF3D2D"/>
     <w:rsid w:val="00CF42AA"/>
     <w:rsid w:val="00CF6496"/>
     <w:rsid w:val="00D056A8"/>
     <w:rsid w:val="00D214A4"/>
     <w:rsid w:val="00D23BE5"/>
     <w:rsid w:val="00D276D4"/>
     <w:rsid w:val="00D3754C"/>
     <w:rsid w:val="00D42335"/>
     <w:rsid w:val="00D54708"/>
     <w:rsid w:val="00D66303"/>
     <w:rsid w:val="00D86A8A"/>
     <w:rsid w:val="00D9088C"/>
+    <w:rsid w:val="00DA52EE"/>
     <w:rsid w:val="00DF2222"/>
     <w:rsid w:val="00E51135"/>
     <w:rsid w:val="00E733BD"/>
+    <w:rsid w:val="00EA05D4"/>
     <w:rsid w:val="00EC68E5"/>
     <w:rsid w:val="00ED35B4"/>
     <w:rsid w:val="00EF0315"/>
     <w:rsid w:val="00EF4C04"/>
     <w:rsid w:val="00F10C59"/>
     <w:rsid w:val="00F20894"/>
     <w:rsid w:val="00F24F16"/>
     <w:rsid w:val="00F432D7"/>
     <w:rsid w:val="00F65AD6"/>
     <w:rsid w:val="00F746CC"/>
     <w:rsid w:val="00F827FB"/>
     <w:rsid w:val="00FB63DF"/>
     <w:rsid w:val="00FC2773"/>
     <w:rsid w:val="00FE2F37"/>
     <w:rsid w:val="00FE5443"/>
     <w:rsid w:val="00FF157F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -22731,51 +23012,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1506552748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nd/4.0/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nd/4.0/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font25.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5526/esj.433" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nd/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.douban.com/note/198170836/?_i=5775698NIgwjE5" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gushiwen.cn/shiwenv_29c3f37284ae.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gushiwen.cn/shiwenv_4b4ce1decf73.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctext.org/pre-qin-and-han/ens?searchu=%E8%8B%A5%E7%90%B4%E7%91%9F%E4%B9%8B%E5%B0%88%E5%A3%B9%EF%BC%8C%E8%AA%B0%E8%83%BD%E8%81%BD%E4%B9%8B%E3%80%82" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zi.tools/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -23071,76 +23352,78 @@
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E933F110-B1C1-4052-8FE0-DD055020FD37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>16750</Words>
-  <Characters>95480</Characters>
+  <Words>16696</Words>
+  <Characters>95168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>795</Lines>
-  <Paragraphs>224</Paragraphs>
+  <Lines>793</Lines>
+  <Paragraphs>223</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>112006</CharactersWithSpaces>
+  <CharactersWithSpaces>111641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Sundsbo, Katrine</dc:creator>
+  <dc:title/>
+  <dc:creator>Llinos Evans</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZOTERO_PREF_1">
     <vt:lpwstr>&lt;data data-version="3" zotero-version="7.0.16"&gt;&lt;session id="9AB3XM5y"/&gt;&lt;style id="http://www.zotero.org/styles/harvard-cite-them-right" hasBibliography="1" bibliographyStyleHasBeenSet="1"/&gt;&lt;prefs&gt;&lt;pref name="fieldType" value="Field"/&gt;&lt;pref name="automatic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ZOTERO_PREF_2">
     <vt:lpwstr>JournalAbbreviations" value="true"/&gt;&lt;/prefs&gt;&lt;/data&gt;</vt:lpwstr>
   </property>
 </Properties>
 </file>